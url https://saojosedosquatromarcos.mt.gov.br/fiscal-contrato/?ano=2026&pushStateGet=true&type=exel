--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -12,71 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>ANO</t>
   </si>
   <si>
     <t>Nome Fiscal</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>N° Contrato</t>
   </si>
   <si>
     <t>Vigência Inicial</t>
   </si>
   <si>
     <t>Vigência Final</t>
   </si>
   <si>
     <t>Situação</t>
+  </si>
+  <si>
+    <t>IRANI RODRIGUES DE FARIA LOURENCAO</t>
+  </si>
+  <si>
+    <t>REFERENTE A CONTRATAÇÃO DE EMPRESA PARA FUTURA E EVENTUAL PR</t>
+  </si>
+  <si>
+    <t>00000000017/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>02/03/2027</t>
+  </si>
+  <si>
+    <t>Vigente</t>
+  </si>
+  <si>
+    <t>00000000016/2026</t>
+  </si>
+  <si>
+    <t>00000000015/2026</t>
+  </si>
+  <si>
+    <t>CASSIO FRANCISCO DOS SANTOS</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO VEICULO 16 LUGARES - VAN</t>
+  </si>
+  <si>
+    <t>00000000014/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2027</t>
+  </si>
+  <si>
+    <t>Aquisição de Motocicletas para Agentes Comunitários de Saúde</t>
+  </si>
+  <si>
+    <t>00000000013/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>13/02/2027</t>
+  </si>
+  <si>
+    <t>ALEXANDRE CEZAR VALVERDE</t>
+  </si>
+  <si>
+    <t>Constitui objeto do presente contrato o repasse de recurso</t>
+  </si>
+  <si>
+    <t>00000000012/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>31/12/2026</t>
+  </si>
+  <si>
+    <t>MATILDE APARECIDA VIEIRA DE MATOS</t>
+  </si>
+  <si>
+    <t>Contratação para Prestação de Serviços de Monitor para Ofici</t>
+  </si>
+  <si>
+    <t>00000000011/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>SIDILENE MOLINA</t>
+  </si>
+  <si>
+    <t>00000000010/2026</t>
+  </si>
+  <si>
+    <t>O presente instrumento tem por objeto o rateio dos custos co</t>
+  </si>
+  <si>
+    <t>00000000009/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>00000000008/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>O presente instrumento tem por objeto aquisição de medicamen</t>
+  </si>
+  <si>
+    <t>00000000007/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>21/01/2027</t>
+  </si>
+  <si>
+    <t>WELINTON OLIVEIRA CAVALCANTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constitui objeto do presente contrato de Rateio as despesas </t>
+  </si>
+  <si>
+    <t>00000000006/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constitui objeto do presente Contrato de Rateio a delegação </t>
+  </si>
+  <si>
+    <t>00000000005/2026</t>
+  </si>
+  <si>
+    <t>00000000004/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Constitui objeto do presente Contrato de Rateio as despesas </t>
+  </si>
+  <si>
+    <t>00000000003/2026</t>
+  </si>
+  <si>
+    <t>REFERENTE A AQUISIÇÃO DE IMÓVEL RURAL DENTRO DO PERÍMETRO UR</t>
+  </si>
+  <si>
+    <t>00000000002/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>Não Vigente</t>
+  </si>
+  <si>
+    <t>JEFFERSON ALVES DE SOUZA</t>
+  </si>
+  <si>
+    <t>PROCESSO LICITATÓRIO - CONSTRUÇÃO, MODERNIZAÇÃO E REFORMA DA</t>
+  </si>
+  <si>
+    <t>00000000001/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>06/01/2031</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -380,79 +548,470 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2">
+        <v>2026</v>
+      </c>
+      <c r="B2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7">
+      <c r="A3">
+        <v>2026</v>
+      </c>
+      <c r="B3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4">
+        <v>2026</v>
+      </c>
+      <c r="B4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5">
+        <v>2026</v>
+      </c>
+      <c r="B5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6">
+        <v>2026</v>
+      </c>
+      <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7">
+        <v>2026</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8">
+        <v>2026</v>
+      </c>
+      <c r="B8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9">
+        <v>2026</v>
+      </c>
+      <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10">
+        <v>2026</v>
+      </c>
+      <c r="B10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11">
+        <v>2026</v>
+      </c>
+      <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12">
+        <v>2026</v>
+      </c>
+      <c r="B12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13">
+        <v>2026</v>
+      </c>
+      <c r="B13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14">
+        <v>2026</v>
+      </c>
+      <c r="B14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15">
+        <v>2026</v>
+      </c>
+      <c r="B15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" t="s">
+        <v>50</v>
+      </c>
+      <c r="E15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16">
+        <v>2026</v>
+      </c>
+      <c r="B16" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" t="s">
+        <v>28</v>
+      </c>
+      <c r="G16" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17">
+        <v>2026</v>
+      </c>
+      <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18">
+        <v>2026</v>
+      </c>
+      <c r="B18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">